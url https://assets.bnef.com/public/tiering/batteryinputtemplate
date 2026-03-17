--- v0 (2025-10-22)
+++ v1 (2026-03-17)
@@ -1,502 +1,500 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\corp.bloomberg.com\ww-dfs\All Offices\London\NEF\NEF-Shared-LO\EST\Energy Storage\10 - Competitive Landscape\Battery Tiering\01_Methodology &amp; Input template\2025 Q3 New Template update\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\corp.bloomberg.com\ww-dfs\All Offices\London\NEF\NEF-Shared-LO\EST\Energy Storage\10 - Competitive Landscape\Battery Tiering\01_Methodology &amp; Input template\2026 1Q Methodology review\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B94F5BEB-9657-47FA-944F-852083BC334D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{90A9D1B1-A8E6-4F33-8BE6-49CB55D4205C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2010" yWindow="0" windowWidth="30840" windowHeight="20985" tabRatio="713" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="60" yWindow="1920" windowWidth="36480" windowHeight="15810" tabRatio="713" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Projects" sheetId="22" r:id="rId1"/>
     <sheet name="Factories" sheetId="24" r:id="rId2"/>
     <sheet name="Production, shipment &amp; orders" sheetId="25" r:id="rId3"/>
     <sheet name="Definitions" sheetId="27" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Projects!$A$9:$S$13</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Projects!$A$9:$S$15</definedName>
     <definedName name="rng_COVER_ContentsList">#REF!</definedName>
     <definedName name="rng_Cover_Copyright">#REF!</definedName>
     <definedName name="rng_VBA_Formats" xml:space="preserve"> OFFSET(#REF!, 0, 0,#REF!)</definedName>
     <definedName name="rng_VBA_HeaderContents">#REF!</definedName>
     <definedName name="rng_VBA_LineStyles" xml:space="preserve"> OFFSET(#REF!, 0, 0,#REF!)</definedName>
     <definedName name="rng_VBA_Names" xml:space="preserve"> OFFSET(#REF!, 0, 0,#REF!)</definedName>
     <definedName name="tbl_standardColours">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>xzou59</author>
     <author>Sekine, Yayoi</author>
     <author>ysekine4</author>
   </authors>
   <commentList>
-    <comment ref="B12" authorId="0" shapeId="0" xr:uid="{43FE44D9-0F6F-451D-844A-6AEDE1E00433}">
+    <comment ref="B14" authorId="0" shapeId="0" xr:uid="{43FE44D9-0F6F-451D-844A-6AEDE1E00433}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 The project name should allow the reader to identify the project.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C12" authorId="0" shapeId="0" xr:uid="{34AC7EC7-0AA3-445A-8F86-5AB2C12A7A2B}">
+    <comment ref="C14" authorId="0" shapeId="0" xr:uid="{34AC7EC7-0AA3-445A-8F86-5AB2C12A7A2B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">BNEF: 
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Street address of where the project located (or latitude &amp; longitude).</t>
         </r>
       </text>
     </comment>
-    <comment ref="D12" authorId="0" shapeId="0" xr:uid="{775FB621-5B1C-43EB-A662-C85FC416DC50}">
+    <comment ref="D14" authorId="0" shapeId="0" xr:uid="{775FB621-5B1C-43EB-A662-C85FC416DC50}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Maximum power output (MW) that can be released/captured instantaneously, defined by the power converter.</t>
         </r>
       </text>
     </comment>
-    <comment ref="E12" authorId="0" shapeId="0" xr:uid="{D4FC5D14-C75C-430B-9759-E7C3B5CEF956}">
+    <comment ref="E14" authorId="0" shapeId="0" xr:uid="{D4FC5D14-C75C-430B-9759-E7C3B5CEF956}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Energy storage capacity of the project (MWh):
 Energy storage capacity (MWh) = Power Output (MW) * Duration (hours).
 </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Nameplate capacity can be provided in Notes/Evidence.</t>
         </r>
       </text>
     </comment>
-    <comment ref="F12" authorId="0" shapeId="0" xr:uid="{3E35B8BE-3829-4DF7-90A6-BB12843B7913}">
+    <comment ref="F14" authorId="0" shapeId="0" xr:uid="{3E35B8BE-3829-4DF7-90A6-BB12843B7913}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 The owners are the ones who currently have legal control of the project (at least 50%+ of project). Can list multiple owners, if applicable.</t>
         </r>
       </text>
     </comment>
-    <comment ref="G12" authorId="0" shapeId="0" xr:uid="{3D01ED0C-8C14-459E-956D-CD20638F50AB}">
+    <comment ref="G14" authorId="0" shapeId="0" xr:uid="{3D01ED0C-8C14-459E-956D-CD20638F50AB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Developers are the organizations that bring project idea from concept to completed construction, often securing permitting and interconnection rights.</t>
         </r>
       </text>
     </comment>
-    <comment ref="H12" authorId="0" shapeId="0" xr:uid="{613B5739-E8C1-463B-A265-421AA44588C9}">
+    <comment ref="H14" authorId="0" shapeId="0" xr:uid="{613B5739-E8C1-463B-A265-421AA44588C9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 These are companies that integrate batteries (such as DC-side battery blocks) and other components to the project site. Projects can consist of containerized batteries or buildings that house many battery racks and other components (see </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Definitions </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>tab for more info).</t>
         </r>
       </text>
     </comment>
-    <comment ref="I12" authorId="1" shapeId="0" xr:uid="{432FA36F-9050-4544-97BE-2CED0336CE35}">
+    <comment ref="I14" authorId="1" shapeId="0" xr:uid="{432FA36F-9050-4544-97BE-2CED0336CE35}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Equipment provider for inverter or power conversion system (PCS), which converts DC to AC when discharging, and AC to DC when charging</t>
         </r>
       </text>
     </comment>
-    <comment ref="J12" authorId="0" shapeId="0" xr:uid="{200A7636-9C34-4FA4-9FCA-7DEB8B82DFEB}">
+    <comment ref="J14" authorId="0" shapeId="0" xr:uid="{200A7636-9C34-4FA4-9FCA-7DEB8B82DFEB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 These are companies that deliver DC-side battery systems, including battery rack and balance of system. It excludes the PCS provider.</t>
         </r>
       </text>
     </comment>
-    <comment ref="K12" authorId="0" shapeId="0" xr:uid="{B2F585D9-51E9-476D-AAA7-73212944FBD5}">
+    <comment ref="K14" authorId="0" shapeId="0" xr:uid="{B2F585D9-51E9-476D-AAA7-73212944FBD5}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 The battery provider manufactures the battery cells that go into an energy storage system. Provider must provide additional details on cell manufacturing capacity in </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>'Factories'</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> tab.</t>
         </r>
       </text>
     </comment>
-    <comment ref="L12" authorId="0" shapeId="0" xr:uid="{7B61E481-07D1-4DB0-9BC8-AF5202051681}">
+    <comment ref="L14" authorId="0" shapeId="0" xr:uid="{7B61E481-07D1-4DB0-9BC8-AF5202051681}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Projects that are not yet commissioned but are at advanced stages of development are also eligible for tiering: these must have proof of financing or construction start within the two years preceding the month of the new Tier 1 list release. This date should be in the past, we will not consider future financing or delivery dates.
 A financed project is when the project has secured most of the financing for the entire project development and commissioning (50% or more of the total project cost). Financing is not a requirement for the project submission, applicant can still submit supply contract, but supply contract alone may not be sufficient. When a financing date is not available, please specify the reason and provide evidence of at least one of below items (dates should be in the past): 
-- project commissioning dates 
 - project construction starting date
 - product delivery date</t>
         </r>
       </text>
     </comment>
-    <comment ref="M12" authorId="0" shapeId="0" xr:uid="{4BE757E6-AFFB-43E6-80A0-89A5BEA5D24B}">
+    <comment ref="M14" authorId="0" shapeId="0" xr:uid="{4BE757E6-AFFB-43E6-80A0-89A5BEA5D24B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 When the plant is fully commissioned and operating at the nameplate capacity.
 Dates in the future will be treated as expected commissioning date and project will not be considered commissioned until company re-submits project commissioning information.</t>
         </r>
       </text>
     </comment>
-    <comment ref="N12" authorId="0" shapeId="0" xr:uid="{658C61C1-3417-4AF8-AF3E-E094545AEF24}">
+    <comment ref="N14" authorId="0" shapeId="0" xr:uid="{658C61C1-3417-4AF8-AF3E-E094545AEF24}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Please specify in drop-down which technology the project is using. If 'other' please specify in 'Notes/evidence' column.</t>
         </r>
       </text>
     </comment>
-    <comment ref="O12" authorId="0" shapeId="0" xr:uid="{D073EFDB-246D-4310-8728-BD23AA08C386}">
+    <comment ref="O14" authorId="0" shapeId="0" xr:uid="{D073EFDB-246D-4310-8728-BD23AA08C386}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 See 'Application' sheet for definitions. If 'other' please specify in 'Notes/evidence' column.</t>
         </r>
       </text>
     </comment>
-    <comment ref="P12" authorId="0" shapeId="0" xr:uid="{3F68D2A2-4DB4-41AC-9B2C-6D1CF8312DA3}">
+    <comment ref="P14" authorId="0" shapeId="0" xr:uid="{3F68D2A2-4DB4-41AC-9B2C-6D1CF8312DA3}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF：</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Can insert evidence here, or as email attachments.
 We require evidence for </t>
         </r>
         <r>
           <rPr>
             <b/>
@@ -517,98 +515,98 @@
           <t xml:space="preserve"> and </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>the financing, construction or commissioning of the project</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> in the form of either a public document like a press release from one of the companies involved, an article about the project published by a recognized media firm, or a copy of the agreement with the project developer, owner, bank or grid operator. The agreement with the developer, owner, bank or grid operator will be kept strictly confidential and only used to ensure database accuracy. 
 A supply contract is not sufficient to prove the project development status. 
 We reserve the right to reject any information due to lack of public evidence.  </t>
         </r>
       </text>
     </comment>
-    <comment ref="Q12" authorId="2" shapeId="0" xr:uid="{85B9D793-FEEC-4289-8B91-84B93C71890F}">
+    <comment ref="Q14" authorId="2" shapeId="0" xr:uid="{85B9D793-FEEC-4289-8B91-84B93C71890F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">BNEF: </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Is this project co-located to a wind, solar, other type of power project? If so, please specify co-located project information here. This is not strictly required for tiering, but will help BNEF identify and add projects accurately, to reflect company activity.</t>
         </r>
       </text>
     </comment>
-    <comment ref="R12" authorId="0" shapeId="0" xr:uid="{C6FAD8D5-8A2E-4F10-AB7B-7554C88A4E0A}">
+    <comment ref="R14" authorId="0" shapeId="0" xr:uid="{C6FAD8D5-8A2E-4F10-AB7B-7554C88A4E0A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 The loan-giving commercial bank that provided non-recourse debt for the project.</t>
         </r>
       </text>
     </comment>
-    <comment ref="S12" authorId="0" shapeId="0" xr:uid="{3CFEB02B-984C-4857-8DFF-227B694FA61A}">
+    <comment ref="S14" authorId="0" shapeId="0" xr:uid="{3CFEB02B-984C-4857-8DFF-227B694FA61A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Please provide details not clarified in previous columns.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
@@ -900,200 +898,200 @@
     </comment>
     <comment ref="G11" authorId="1" shapeId="0" xr:uid="{57A7EB46-45FD-4625-BFF1-47D9375FA5D0}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Depending on products, battery cell shipped (MWh) or energy storage system production (MW &amp; MWh)</t>
         </r>
       </text>
     </comment>
-    <comment ref="H11" authorId="1" shapeId="0" xr:uid="{06A08ADE-9904-4079-A1CB-796160C11661}">
+    <comment ref="K11" authorId="1" shapeId="0" xr:uid="{06A08ADE-9904-4079-A1CB-796160C11661}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BNEF:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Depending on products, total capacity that has been ordered for battery cells (MWh) or energy storage systems (MW &amp; MWh). Capacity must have a supply /offtake agreement.</t>
         </r>
       </text>
     </comment>
-    <comment ref="I11" authorId="0" shapeId="0" xr:uid="{408B7333-741C-4669-8101-3935EF01429F}">
+    <comment ref="L11" authorId="0" shapeId="0" xr:uid="{408B7333-741C-4669-8101-3935EF01429F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">BNEF:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>More info on 'Definitions' tab.</t>
         </r>
       </text>
     </comment>
-    <comment ref="J11" authorId="0" shapeId="0" xr:uid="{CA489A02-73DE-40C8-A392-133D9EE77432}">
+    <comment ref="M11" authorId="0" shapeId="0" xr:uid="{CA489A02-73DE-40C8-A392-133D9EE77432}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">BNEF:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>More info on 'Definitions' tab.</t>
         </r>
       </text>
     </comment>
-    <comment ref="K11" authorId="0" shapeId="0" xr:uid="{F09D3956-011E-499E-843B-176F316A20D6}">
+    <comment ref="N11" authorId="0" shapeId="0" xr:uid="{F09D3956-011E-499E-843B-176F316A20D6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">BNEF:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>More info on 'Definitions' tab.</t>
         </r>
       </text>
     </comment>
-    <comment ref="L11" authorId="0" shapeId="0" xr:uid="{3576DAA6-3194-4C6E-822A-CF172259BAA6}">
+    <comment ref="O11" authorId="0" shapeId="0" xr:uid="{3576DAA6-3194-4C6E-822A-CF172259BAA6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">BNEF:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>More info on 'Definitions' tab</t>
         </r>
       </text>
     </comment>
-    <comment ref="M11" authorId="0" shapeId="0" xr:uid="{B9D560CA-F40F-4C54-85D0-2F3DB1A3E416}">
+    <comment ref="P11" authorId="0" shapeId="0" xr:uid="{B9D560CA-F40F-4C54-85D0-2F3DB1A3E416}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">BNEF:
 </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>More info on 'Definitions' tab</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="286" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="206">
   <si>
     <t>Subject to terms and conditions</t>
   </si>
   <si>
     <t>Dataset</t>
   </si>
   <si>
     <t>Units</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Project location (street address)</t>
   </si>
   <si>
     <t>Developer</t>
   </si>
   <si>
     <t>Financing date</t>
   </si>
   <si>
     <t>Commissioning date</t>
   </si>
   <si>
@@ -1423,126 +1421,114 @@
   <si>
     <t>BNEFS Creek Energy Storage Project</t>
   </si>
   <si>
     <t>Battery rack</t>
   </si>
   <si>
     <t>Balance of system (BOS)</t>
   </si>
   <si>
     <t>Power conversion system (PCS)</t>
   </si>
   <si>
     <t>Converts DC to AC when discharging, and AC to DC when charging</t>
   </si>
   <si>
     <t>Energy management system (EMS)</t>
   </si>
   <si>
     <t>Optimizes the behavior of a storage asset to maximize revenue or avoided costs for the owner</t>
   </si>
   <si>
     <t>Transformer</t>
   </si>
   <si>
-    <t>Steps-up or down the voltage depending on where a project is connected to the grid</t>
-[...1 lines deleted...]
-  <si>
     <t>Consists of multiple cells/modules, the BMS, wiring and rack housing. The rack housing is generally a skeletal frame that holds the modules in place. Based on usable capacity, rather than nameplate capacity.</t>
   </si>
   <si>
     <t>Components</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Eg, (this row shows an example of how to fill it in, data is not of an actual project or companies)</t>
   </si>
   <si>
     <t>200 (usable)</t>
   </si>
   <si>
     <t>DC-side system provider</t>
   </si>
   <si>
     <t>DC-side battery system</t>
   </si>
   <si>
-    <t>Turnkey energy storage components</t>
-[...1 lines deleted...]
-  <si>
     <t>Pilot PCS</t>
   </si>
   <si>
     <t>Segment</t>
   </si>
   <si>
     <t>Electric vehicles</t>
   </si>
   <si>
     <t>Battery cells</t>
   </si>
   <si>
     <t>Battery cell production capacity (GWh)</t>
   </si>
   <si>
     <t>0.1GWh</t>
   </si>
   <si>
     <t>Energy storage system production capacity (GWh)</t>
   </si>
   <si>
     <t>5GWh</t>
   </si>
   <si>
     <t>Definitions &amp; drop-downs</t>
   </si>
   <si>
     <t>BNEF</t>
   </si>
   <si>
     <t xml:space="preserve">Data on actual production of battery cells or order/shipment of energy storage systems, by company </t>
   </si>
   <si>
     <t>Energy storage systems - All</t>
   </si>
   <si>
     <t>Energy storage systems - Residential</t>
   </si>
   <si>
     <t>Energy storage systems - C&amp;I</t>
   </si>
   <si>
     <t>Energy storage systems - Utility-scale</t>
-  </si>
-[...4 lines deleted...]
-    <t>Shipped capacity (MW and/or MWh)</t>
   </si>
   <si>
     <t>500MWh</t>
   </si>
   <si>
     <t>200MWh</t>
   </si>
   <si>
     <t>Eg, (this data is not real)</t>
   </si>
   <si>
     <t>Energy storage systems</t>
   </si>
   <si>
     <t>Provider type and components integrated by this player</t>
   </si>
   <si>
     <t>Battery cell manufacturer</t>
   </si>
   <si>
     <t>Manufacturers battery cells (prismatic, cylindrical, pouch), must own and operate manufacturing facilities and provide batteries under own brand name.</t>
   </si>
   <si>
     <t>Ordered capacity (MW and/or MWh)</t>
   </si>
@@ -1614,126 +1600,158 @@
   <si>
     <t>Anode containing around 20% of silicon by weight</t>
   </si>
   <si>
     <t>This is the provision of capacity to meet the peak capacity of the power system.</t>
   </si>
   <si>
     <t>Lead acid (PbA)</t>
   </si>
   <si>
     <t>Lithium-ion: Lithium iron phosphate (LFP)</t>
   </si>
   <si>
     <t xml:space="preserve">Lithium-ion: Lithium nickel cobalt aluminum oxide (NCA) </t>
   </si>
   <si>
     <t>Lithium-ion: Lithium nickel cobalt manganese oxide (NCM)</t>
   </si>
   <si>
     <t>Sodium sulfur (NaS)</t>
   </si>
   <si>
     <t>Other rechargeable batteries</t>
   </si>
   <si>
-    <t>This information is not strictly necessary for tiering, but better disclosure will improve our coverage of companies.</t>
-[...1 lines deleted...]
-  <si>
     <t>Inverter / PCS provider</t>
   </si>
   <si>
     <t>Includes electrical infrastructure and inverter, containers, thermal management system, fire suppression devices, battery operation monitoring system and sensors.</t>
   </si>
   <si>
-    <t>Shipped inverter capacity (MW)</t>
-[...4 lines deleted...]
-  <si>
     <t>Inverter / PCS capacity (GW)</t>
   </si>
   <si>
     <t>Co-located project details</t>
   </si>
   <si>
     <t>50MW EDB PV Project</t>
   </si>
   <si>
     <t>Project power output capacity (MW)</t>
   </si>
   <si>
     <t>Energy storage project capacity (MWh), usable</t>
   </si>
   <si>
     <t>Lithium-ion: Other (*specify in Notes)</t>
   </si>
   <si>
     <t>Sodium-ion: Others (*specify in Notes)</t>
   </si>
   <si>
     <t>Flow batteries: Other (*specify in Notes)</t>
   </si>
   <si>
     <t>Others (*specify in Notes)</t>
   </si>
   <si>
     <t>Multiple (*specify in Notes)</t>
   </si>
   <si>
     <t>Other (*specify in Notes)</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>Evidence</t>
   </si>
   <si>
     <t>Insert here or as email attachments</t>
   </si>
   <si>
-    <t xml:space="preserve">Note: Tiering methodology is available at https://assets.bnef.com/public/tiering/batterymethodology. Please note that BNEF Energy Storage Database tracks only projects bigger than 1MW or 1MWh, no point in submitting data on projects smaller than that, and tiering only qualifies projects larger than 10MW or 10MWh. We may count multiple projects contracted in one supply deal as one project for tiering purposes, if these were financed on a portfolio basis as a single deal with the risk of underperformance shared between the projects. 
-[...3 lines deleted...]
-  <si>
     <t>Financing / under construction start date</t>
+  </si>
+  <si>
+    <t>Note: Tiering methodology is available at https://assets.bnef.com/public/tiering/batterymethodology. Please note that BNEF Energy Storage Database tracks only projects bigger than 1MW or 1MWh, no point in submitting data on projects smaller than that, and tiering only qualifies projects larger than 10MW or 10MWh. We may count multiple projects contracted in one supply deal as one project for tiering purposes, if these were financed on a portfolio basis as a single deal with the risk of underperformance shared between the projects. When an equipment maker provides only part of the project capacity, we require this to be noted in the submission along with the total project capacity. This is so that we can correctly align the whole project information with other sources.</t>
+  </si>
+  <si>
+    <t>Once filled in, this template should be sent to either batterytier1@bloomberg.net (for a battery maker) or inverter_t1@bloomberg.net (for an inverter/PCS maker). The data will end up in the same place either way, but sending to the right address may make it faster.</t>
+  </si>
+  <si>
+    <t>Last updated: February 27, 2026</t>
+  </si>
+  <si>
+    <t>Produced solar inverter Capacity (MW)</t>
+  </si>
+  <si>
+    <t>Shipped solar inverter capacity (MW)</t>
+  </si>
+  <si>
+    <t>Produced battery inverter/ PCS capacity (MW)</t>
+  </si>
+  <si>
+    <t>Shipped battery inverter/ PCS capacity (MW)</t>
+  </si>
+  <si>
+    <t>Produced battery cell capacity (MW and/or MWh)</t>
+  </si>
+  <si>
+    <t>Shipped battery cell capacity (MW and/or MWh)</t>
+  </si>
+  <si>
+    <t>Produced integrated energy storage system capacity (MW and/or MWh)</t>
+  </si>
+  <si>
+    <t>Shipped integrated energy storage system capacity (MW and/or MWh)</t>
+  </si>
+  <si>
+    <t>This information is not strictly necessary for tiering, but better disclosure will improve our coverage of companies. Most firms will not fill in all columns, but please try to fill in the components the firm does supply.</t>
+  </si>
+  <si>
+    <t>Note: For tiering, system integrator is a company which owns manufacturing capacity for making energy storage systems for energy storage projects and sells under its own brand. Companies that outsource production under brand names are not tiered, and products sold under another brand are not counted for tiering of contract manufacturers. 
+The production of energy storage systems is defined as assembling the battery cells, BMS, EMS, and PCS into a complete energy storage product in the factory.</t>
+  </si>
+  <si>
+    <t>Steps up or down the voltage depending on where a project is connected to the grid</t>
+  </si>
+  <si>
+    <t>Turnkey energy storage system</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="6">
-    <numFmt numFmtId="164" formatCode="_-&quot;£&quot;* #,##0_-;\-&quot;£&quot;* #,##0_-;_-&quot;£&quot;* &quot;-&quot;_-;_-@_-"/>
-[...4 lines deleted...]
-    <numFmt numFmtId="169" formatCode="[$$-409]#,##0"/>
+    <numFmt numFmtId="42" formatCode="_-&quot;£&quot;* #,##0_-;\-&quot;£&quot;* #,##0_-;_-&quot;£&quot;* &quot;-&quot;_-;_-@_-"/>
+    <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
+    <numFmt numFmtId="44" formatCode="_-&quot;£&quot;* #,##0.00_-;\-&quot;£&quot;* #,##0.00_-;_-&quot;£&quot;* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);[Red]_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="[$$-409]#,##0"/>
   </numFmts>
   <fonts count="45" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2168,51 +2186,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
@@ -2347,61 +2365,50 @@
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...9 lines deleted...]
-      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -2501,217 +2508,237 @@
     <xf numFmtId="0" fontId="3" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="15" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="8" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="17" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="167" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="41" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="42" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="23" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="12" applyProtection="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="25" fillId="19" borderId="2" applyBorder="0">
+    <xf numFmtId="164" fontId="25" fillId="19" borderId="2" applyBorder="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="20" borderId="2" applyNumberFormat="0" applyBorder="0">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="21" borderId="1" applyNumberFormat="0" applyBorder="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="24" fillId="22" borderId="10" applyBorder="0">
+    <xf numFmtId="164" fontId="24" fillId="22" borderId="10" applyBorder="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyBorder="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="12" applyNumberFormat="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="1" fillId="27" borderId="11" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="164" fontId="1" fillId="27" borderId="11" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="28" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="20" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="20" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf numFmtId="169" fontId="30" fillId="18" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0">
+    <xf numFmtId="165" fontId="30" fillId="18" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="12" xfId="49">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="64" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="39" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="33" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="43" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="35" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="35" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="33" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="24" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="29" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="29" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="29" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="29" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="30" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="30" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="30" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="30" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="32" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="32" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="32" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="32" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="33" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="70">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" hidden="1" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" hidden="1" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" hidden="1" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" hidden="1" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" hidden="1" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" hidden="1" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" hidden="1" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" hidden="1" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" hidden="1" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" hidden="1" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" hidden="1" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" hidden="1" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" hidden="1" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" hidden="1" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" hidden="1" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" hidden="1" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" hidden="1" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" hidden="1" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" hidden="1" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" hidden="1" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" hidden="1" customBuiltin="1"/>
@@ -3108,51 +3135,51 @@
     <mruColors>
       <color rgb="FF6D6E71"/>
       <color rgb="FF808080"/>
       <color rgb="FF023AAA"/>
       <color rgb="FF106E32"/>
       <color rgb="FFCC9900"/>
       <color rgb="FFB3B3B3"/>
       <color rgb="FFBD5CA3"/>
       <color rgb="FFD2D2D2"/>
       <color rgb="FF414141"/>
       <color rgb="FFCC9B00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
@@ -3299,96 +3326,92 @@
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="38100"/>
           <a:ext cx="2261454" cy="390525"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>3</xdr:col>
-      <xdr:colOff>43745</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>672395</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>14941</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="VBA_LogoBNEF">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FD0A103-3963-4E27-B756-1205B6B72E05}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="2285" t="29546" b="28744"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="38100"/>
           <a:ext cx="2187804" cy="462429"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="BNEF2017">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="FFFFFF"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="00AEE5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="7654A3"/>
       </a:accent2>
       <a:accent3>
@@ -3651,333 +3674,337 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:S25"/>
+  <dimension ref="A1:S27"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="2" customWidth="1"/>
     <col min="3" max="13" width="14.140625" style="2" customWidth="1"/>
     <col min="14" max="14" width="26.28515625" style="2" customWidth="1"/>
     <col min="15" max="16" width="14.140625" style="2" customWidth="1"/>
     <col min="17" max="17" width="19" style="2" customWidth="1"/>
     <col min="18" max="18" width="14.140625" style="2" customWidth="1"/>
     <col min="19" max="19" width="15.28515625" style="2" customWidth="1"/>
     <col min="20" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="4" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:19" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:19" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C3" s="1"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
     </row>
     <row r="4" spans="1:19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3"/>
-      <c r="F4" s="37" t="s">
-[...3 lines deleted...]
-      <c r="H4" s="37"/>
+      <c r="F4" s="36" t="s">
+        <v>159</v>
+      </c>
+      <c r="G4" s="37"/>
+      <c r="H4" s="36"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
     </row>
     <row r="5" spans="1:19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C5" s="3"/>
       <c r="L5" s="2"/>
     </row>
     <row r="6" spans="1:19" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="39" t="s">
-[...18 lines deleted...]
-      <c r="S9" s="39"/>
+      <c r="B9" s="40" t="s">
+        <v>191</v>
+      </c>
+      <c r="C9" s="40"/>
+      <c r="D9" s="40"/>
+      <c r="E9" s="40"/>
+      <c r="F9" s="40"/>
+      <c r="G9" s="40"/>
+      <c r="H9" s="40"/>
+      <c r="I9" s="40"/>
+      <c r="J9" s="40"/>
+      <c r="K9" s="40"/>
+      <c r="L9" s="40"/>
+      <c r="M9" s="40"/>
+      <c r="N9" s="40"/>
+      <c r="O9" s="40"/>
+      <c r="P9" s="40"/>
+      <c r="Q9" s="40"/>
+      <c r="R9" s="40"/>
+      <c r="S9" s="40"/>
     </row>
     <row r="10" spans="1:19" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="39"/>
-[...19 lines deleted...]
-      <c r="B11" s="7" t="s">
+      <c r="B10" s="40"/>
+      <c r="C10" s="40"/>
+      <c r="D10" s="40"/>
+      <c r="E10" s="40"/>
+      <c r="F10" s="40"/>
+      <c r="G10" s="40"/>
+      <c r="H10" s="40"/>
+      <c r="I10" s="40"/>
+      <c r="J10" s="40"/>
+      <c r="K10" s="40"/>
+      <c r="L10" s="40"/>
+      <c r="M10" s="40"/>
+      <c r="N10" s="40"/>
+      <c r="O10" s="40"/>
+      <c r="P10" s="40"/>
+      <c r="Q10" s="40"/>
+      <c r="R10" s="40"/>
+      <c r="S10" s="40"/>
+    </row>
+    <row r="11" spans="1:19" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="C11" s="41"/>
+      <c r="D11" s="41"/>
+      <c r="E11" s="41"/>
+      <c r="F11" s="41"/>
+      <c r="G11" s="41"/>
+      <c r="H11" s="41"/>
+      <c r="I11" s="41"/>
+      <c r="J11" s="41"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
+      <c r="Q11" s="41"/>
+      <c r="R11" s="41"/>
+      <c r="S11" s="41"/>
+    </row>
+    <row r="12" spans="1:19" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="40" t="s">
+        <v>193</v>
+      </c>
+      <c r="C12" s="41"/>
+      <c r="D12" s="41"/>
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+      <c r="G12" s="41"/>
+      <c r="H12" s="41"/>
+      <c r="I12" s="41"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="41"/>
+      <c r="L12" s="41"/>
+      <c r="M12" s="41"/>
+      <c r="N12" s="41"/>
+      <c r="O12" s="41"/>
+      <c r="P12" s="41"/>
+      <c r="Q12" s="39"/>
+      <c r="R12" s="39"/>
+      <c r="S12" s="39"/>
+    </row>
+    <row r="13" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="B13" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="C11" s="7"/>
-[...18 lines deleted...]
-      <c r="B12" s="30" t="s">
+      <c r="C13" s="7"/>
+      <c r="D13"/>
+      <c r="E13"/>
+      <c r="F13"/>
+      <c r="G13"/>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13"/>
+      <c r="K13"/>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13"/>
+      <c r="O13"/>
+      <c r="P13"/>
+      <c r="Q13"/>
+      <c r="R13"/>
+      <c r="S13"/>
+    </row>
+    <row r="14" spans="1:19" ht="51" x14ac:dyDescent="0.2">
+      <c r="B14" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="29" t="s">
+      <c r="C14" s="28" t="s">
         <v>4</v>
       </c>
-      <c r="D12" s="30" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="30" t="s">
+      <c r="D14" s="29" t="s">
+        <v>179</v>
+      </c>
+      <c r="E14" s="29" t="s">
+        <v>180</v>
+      </c>
+      <c r="F14" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="28" t="s">
+        <v>5</v>
+      </c>
+      <c r="H14" s="29" t="s">
+        <v>114</v>
+      </c>
+      <c r="I14" s="29" t="s">
+        <v>174</v>
+      </c>
+      <c r="J14" s="29" t="s">
+        <v>129</v>
+      </c>
+      <c r="K14" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="L14" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="M14" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="N14" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="O14" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="P14" s="29" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q14" s="21" t="s">
+        <v>177</v>
+      </c>
+      <c r="R14" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="S14" s="21" t="s">
         <v>187</v>
       </c>
-      <c r="F12" s="30" t="s">
-[...43 lines deleted...]
-      <c r="A13" s="10" t="s">
+    </row>
+    <row r="15" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A15" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="11">
+        <v>100</v>
+      </c>
+      <c r="E15" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="B13" s="11" t="s">
-[...11 lines deleted...]
-      <c r="F13" s="11" t="s">
+      <c r="F15" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="G13" s="11" t="s">
+      <c r="G15" s="11" t="s">
         <v>108</v>
       </c>
-      <c r="H13" s="11" t="s">
+      <c r="H15" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="I13" s="11" t="s">
-[...2 lines deleted...]
-      <c r="J13" s="11" t="s">
+      <c r="I15" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="J15" s="11" t="s">
         <v>113</v>
       </c>
-      <c r="K13" s="11" t="s">
+      <c r="K15" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="L13" s="14">
+      <c r="L15" s="14">
         <v>45000</v>
       </c>
-      <c r="M13" s="14">
+      <c r="M15" s="14">
         <v>45137</v>
       </c>
-      <c r="N13" s="11" t="s">
-[...2 lines deleted...]
-      <c r="O13" s="11" t="s">
+      <c r="N15" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="O15" s="11" t="s">
         <v>25</v>
       </c>
-      <c r="P13" s="11" t="s">
-[...5 lines deleted...]
-      <c r="R13" s="11" t="s">
+      <c r="P15" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q15" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="R15" s="11" t="s">
         <v>110</v>
       </c>
-      <c r="S13" s="11"/>
-[...39 lines deleted...]
-      <c r="S15" s="9"/>
+      <c r="S15" s="11"/>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.2">
       <c r="B16" s="9"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="19"/>
       <c r="F16" s="9"/>
       <c r="G16" s="9"/>
       <c r="H16" s="9"/>
       <c r="I16" s="9"/>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
       <c r="L16" s="9"/>
       <c r="M16" s="9"/>
       <c r="N16" s="11"/>
       <c r="O16" s="11"/>
       <c r="P16" s="11"/>
       <c r="Q16" s="11"/>
       <c r="R16" s="9"/>
       <c r="S16" s="9"/>
     </row>
     <row r="17" spans="2:19" x14ac:dyDescent="0.2">
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
@@ -4135,295 +4162,337 @@
       <c r="P24" s="11"/>
       <c r="Q24" s="11"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
     </row>
     <row r="25" spans="2:19" x14ac:dyDescent="0.2">
       <c r="B25" s="9"/>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="19"/>
       <c r="F25" s="9"/>
       <c r="G25" s="9"/>
       <c r="H25" s="9"/>
       <c r="I25" s="9"/>
       <c r="J25" s="9"/>
       <c r="K25" s="9"/>
       <c r="L25" s="9"/>
       <c r="M25" s="9"/>
       <c r="N25" s="11"/>
       <c r="O25" s="11"/>
       <c r="P25" s="11"/>
       <c r="Q25" s="11"/>
       <c r="R25" s="9"/>
       <c r="S25" s="9"/>
     </row>
+    <row r="26" spans="2:19" x14ac:dyDescent="0.2">
+      <c r="B26" s="9"/>
+      <c r="C26" s="9"/>
+      <c r="D26" s="9"/>
+      <c r="E26" s="19"/>
+      <c r="F26" s="9"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="9"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="9"/>
+      <c r="K26" s="9"/>
+      <c r="L26" s="9"/>
+      <c r="M26" s="9"/>
+      <c r="N26" s="11"/>
+      <c r="O26" s="11"/>
+      <c r="P26" s="11"/>
+      <c r="Q26" s="11"/>
+      <c r="R26" s="9"/>
+      <c r="S26" s="9"/>
+    </row>
+    <row r="27" spans="2:19" x14ac:dyDescent="0.2">
+      <c r="B27" s="9"/>
+      <c r="C27" s="9"/>
+      <c r="D27" s="9"/>
+      <c r="E27" s="19"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="9"/>
+      <c r="H27" s="9"/>
+      <c r="I27" s="9"/>
+      <c r="J27" s="9"/>
+      <c r="K27" s="9"/>
+      <c r="L27" s="9"/>
+      <c r="M27" s="9"/>
+      <c r="N27" s="11"/>
+      <c r="O27" s="11"/>
+      <c r="P27" s="11"/>
+      <c r="Q27" s="11"/>
+      <c r="R27" s="9"/>
+      <c r="S27" s="9"/>
+    </row>
   </sheetData>
   <dataConsolidate/>
-  <mergeCells count="1">
+  <mergeCells count="3">
     <mergeCell ref="B9:S10"/>
+    <mergeCell ref="B11:S11"/>
+    <mergeCell ref="B12:P12"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" location="rng_Cover_Copyright" display="Subject to terms and conditions" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{FD3D9B41-9885-473E-BE45-D7F2ECE5D314}">
           <x14:formula1>
-            <xm:f>Definitions!$D$20:$D$31</xm:f>
+            <xm:f>Definitions!$D$21:$D$32</xm:f>
           </x14:formula1>
-          <xm:sqref>Q14:Q25</xm:sqref>
+          <xm:sqref>Q16:Q27</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{42E50631-6F50-41E9-8CD0-2B287404DE45}">
           <x14:formula1>
-            <xm:f>Definitions!$D$36:$D$45</xm:f>
+            <xm:f>Definitions!$D$37:$D$46</xm:f>
           </x14:formula1>
-          <xm:sqref>N13:N25</xm:sqref>
+          <xm:sqref>N15:N27</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{FDF24548-EF1D-4FF0-964D-503F96BC7FE0}">
           <x14:formula1>
-            <xm:f>Definitions!$D$20:$D$32</xm:f>
+            <xm:f>Definitions!$D$21:$D$33</xm:f>
           </x14:formula1>
-          <xm:sqref>O13:O25 P14:P25</xm:sqref>
+          <xm:sqref>O15:O27 P16:P27</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="2"/>
     <col min="3" max="5" width="14.140625" style="2" customWidth="1"/>
     <col min="6" max="6" width="24.85546875" style="2" customWidth="1"/>
     <col min="7" max="14" width="14.140625" style="2" customWidth="1"/>
     <col min="15" max="15" width="19.140625" style="2" customWidth="1"/>
     <col min="16" max="16" width="31" style="2" customWidth="1"/>
     <col min="17" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="4" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:16" customFormat="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:16" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E3" s="2"/>
-      <c r="F3" s="35" t="s">
-[...3 lines deleted...]
-      <c r="H3" s="35"/>
+      <c r="F3" s="34" t="s">
+        <v>156</v>
+      </c>
+      <c r="G3" s="34"/>
+      <c r="H3" s="34"/>
     </row>
     <row r="4" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="5" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="6" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A10"/>
       <c r="B10"/>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:16" ht="51" x14ac:dyDescent="0.2">
-      <c r="B11" s="33" t="s">
+      <c r="B11" s="32" t="s">
         <v>9</v>
       </c>
-      <c r="C11" s="33" t="s">
+      <c r="C11" s="32" t="s">
         <v>10</v>
       </c>
-      <c r="D11" s="34" t="s">
+      <c r="D11" s="33" t="s">
         <v>7</v>
       </c>
-      <c r="E11" s="33" t="s">
+      <c r="E11" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="F11" s="34" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="34" t="s">
+      <c r="F11" s="33" t="s">
+        <v>132</v>
+      </c>
+      <c r="G11" s="33" t="s">
         <v>66</v>
       </c>
-      <c r="H11" s="34" t="s">
+      <c r="H11" s="33" t="s">
+        <v>135</v>
+      </c>
+      <c r="I11" s="33" t="s">
         <v>137</v>
       </c>
-      <c r="I11" s="34" t="s">
-[...2 lines deleted...]
-      <c r="J11" s="34" t="s">
+      <c r="J11" s="33" t="s">
         <v>65</v>
       </c>
-      <c r="K11" s="34" t="s">
+      <c r="K11" s="33" t="s">
         <v>64</v>
       </c>
-      <c r="L11" s="34" t="s">
+      <c r="L11" s="33" t="s">
         <v>63</v>
       </c>
       <c r="M11" s="20" t="s">
         <v>62</v>
       </c>
       <c r="N11" s="20" t="s">
         <v>61</v>
       </c>
       <c r="O11" s="21" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="P11" s="21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A12" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>57</v>
       </c>
       <c r="C12" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D12" s="11" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="11" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="G12" s="11" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="H12" s="11" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="I12" s="11"/>
       <c r="J12" s="11" t="s">
         <v>60</v>
       </c>
       <c r="K12" s="11" t="s">
         <v>54</v>
       </c>
       <c r="L12" s="11" t="s">
         <v>59</v>
       </c>
       <c r="M12" s="11" t="s">
         <v>58</v>
       </c>
       <c r="N12" s="11" t="s">
         <v>52</v>
       </c>
       <c r="O12" s="11"/>
       <c r="P12" s="11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:16" x14ac:dyDescent="0.2">
       <c r="A13" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="11" t="s">
         <v>57</v>
       </c>
       <c r="E13" s="11" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="11" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="G13" s="11" t="s">
         <v>56</v>
       </c>
       <c r="H13" s="11" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I13" s="11" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="J13" s="11" t="s">
         <v>55</v>
       </c>
       <c r="K13" s="11" t="s">
         <v>54</v>
       </c>
       <c r="L13" s="11" t="s">
         <v>53</v>
       </c>
       <c r="M13" s="11"/>
       <c r="N13" s="11" t="s">
         <v>52</v>
       </c>
       <c r="O13" s="11"/>
       <c r="P13" s="11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:16" x14ac:dyDescent="0.2">
       <c r="B14" s="9"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
       <c r="F14" s="16"/>
@@ -4600,1241 +4669,1345 @@
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <hyperlinks>
     <hyperlink ref="A6" location="rng_Cover_Copyright" display="Subject to terms and conditions" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="7">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3D7758F8-D4C0-4F9F-AAD8-1E2679161C32}">
           <x14:formula1>
-            <xm:f>Definitions!$D$59:$D$60</xm:f>
+            <xm:f>Definitions!$D$60:$D$61</xm:f>
           </x14:formula1>
           <xm:sqref>G12:G24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4F91F8FF-21F9-423A-8C55-1496DE3EA40F}">
           <x14:formula1>
-            <xm:f>Definitions!$D$63:$D$66</xm:f>
+            <xm:f>Definitions!$D$64:$D$67</xm:f>
           </x14:formula1>
           <xm:sqref>J12:J24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CE89FCF0-AB78-4936-A3D4-CFB0EFA5CB0F}">
           <x14:formula1>
-            <xm:f>Definitions!$D$69:$D$72</xm:f>
+            <xm:f>Definitions!$D$70:$D$73</xm:f>
           </x14:formula1>
           <xm:sqref>K12:K24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{04F174D0-FC81-408C-841E-97A7884E7DDD}">
           <x14:formula1>
-            <xm:f>Definitions!$D$75:$D$81</xm:f>
+            <xm:f>Definitions!$D$76:$D$82</xm:f>
           </x14:formula1>
           <xm:sqref>L12:L24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{671A2889-223B-4913-B8DC-92675142EA6F}">
           <x14:formula1>
-            <xm:f>Definitions!$D$84:$D$92</xm:f>
+            <xm:f>Definitions!$D$85:$D$93</xm:f>
           </x14:formula1>
           <xm:sqref>M12:M24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9AB3AB86-1D8F-4580-BF82-1E8CDFA70B5C}">
           <x14:formula1>
-            <xm:f>Definitions!$D$95:$D$105</xm:f>
+            <xm:f>Definitions!$D$96:$D$106</xm:f>
           </x14:formula1>
           <xm:sqref>N12:N24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B0756668-427F-47A2-8E27-B3F2CC0D31BE}">
           <x14:formula1>
-            <xm:f>Definitions!$D$50:$D$56</xm:f>
+            <xm:f>Definitions!$D$51:$D$57</xm:f>
           </x14:formula1>
           <xm:sqref>F12:F24</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet10"/>
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:U24"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="B16" sqref="B16:C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="2"/>
     <col min="3" max="3" width="14.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="24.5703125" style="2" customWidth="1"/>
-    <col min="5" max="15" width="14.140625" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="2"/>
+    <col min="5" max="20" width="14.140625" style="2" customWidth="1"/>
+    <col min="21" max="21" width="28.140625" style="2" customWidth="1"/>
+    <col min="22" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="4" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:21" s="4" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:21" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="1:21" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="31" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="30" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="35" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="F4" s="34" t="s">
+        <v>157</v>
+      </c>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="I4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="K4" s="34"/>
+      <c r="L4" s="34"/>
+    </row>
+    <row r="5" spans="1:21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:16" customFormat="1" x14ac:dyDescent="0.2">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
     </row>
-    <row r="11" spans="1:16" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="B11" s="36" t="s">
+    <row r="11" spans="1:21" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="B11" s="35" t="s">
         <v>105</v>
       </c>
-      <c r="C11" s="33" t="s">
+      <c r="C11" s="32" t="s">
         <v>106</v>
       </c>
-      <c r="D11" s="34" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="34" t="s">
+      <c r="D11" s="33" t="s">
+        <v>132</v>
+      </c>
+      <c r="E11" s="33" t="s">
         <v>66</v>
       </c>
-      <c r="F11" s="34" t="s">
+      <c r="F11" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="G11" s="33" t="s">
+        <v>199</v>
+      </c>
+      <c r="H11" s="33" t="s">
+        <v>198</v>
+      </c>
+      <c r="I11" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="J11" s="33" t="s">
+        <v>201</v>
+      </c>
+      <c r="K11" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="L11" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="M11" s="33" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" s="33" t="s">
+        <v>63</v>
+      </c>
+      <c r="O11" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="P11" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q11" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="R11" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="S11" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="T11" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="U11" s="21" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.2">
+      <c r="A12" s="10" t="s">
         <v>148</v>
-      </c>
-[...33 lines deleted...]
-        <v>152</v>
       </c>
       <c r="B12" s="17">
         <v>2017</v>
       </c>
       <c r="C12" s="11" t="s">
         <v>109</v>
       </c>
       <c r="D12" s="11" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="F12" s="11" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="G12" s="11" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="H12" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="H12" s="11"/>
+      <c r="I12" s="11"/>
+      <c r="J12" s="11"/>
+      <c r="K12" s="11" t="s">
         <v>107</v>
       </c>
-      <c r="I12" s="11" t="s">
+      <c r="L12" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="J12" s="11" t="s">
+      <c r="M12" s="11" t="s">
         <v>54</v>
       </c>
-      <c r="K12" s="11" t="s">
+      <c r="N12" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="L12" s="11" t="s">
+      <c r="O12" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="M12" s="11" t="s">
+      <c r="P12" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="N12" s="11"/>
-[...1 lines deleted...]
-      <c r="P12" s="11" t="s">
+      <c r="Q12" s="11"/>
+      <c r="R12" s="11"/>
+      <c r="S12" s="11"/>
+      <c r="T12" s="11"/>
+      <c r="U12" s="11" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A13" s="10"/>
       <c r="B13" s="17">
         <v>2018</v>
       </c>
       <c r="C13" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="16"/>
       <c r="E13" s="16"/>
       <c r="F13" s="16"/>
       <c r="G13" s="16"/>
       <c r="H13" s="16"/>
       <c r="I13" s="16"/>
       <c r="J13" s="16"/>
       <c r="K13" s="16"/>
       <c r="L13" s="16"/>
       <c r="M13" s="16"/>
       <c r="N13" s="16"/>
       <c r="O13" s="16"/>
       <c r="P13" s="16"/>
-    </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="Q13" s="16"/>
+      <c r="R13" s="16"/>
+      <c r="S13" s="16"/>
+      <c r="T13" s="16"/>
+      <c r="U13" s="16"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B14" s="17">
         <v>2019</v>
       </c>
       <c r="C14" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="16"/>
       <c r="E14" s="16"/>
       <c r="F14" s="16"/>
       <c r="G14" s="16"/>
       <c r="H14" s="16"/>
       <c r="I14" s="16"/>
       <c r="J14" s="16"/>
       <c r="K14" s="16"/>
       <c r="L14" s="16"/>
       <c r="M14" s="16"/>
       <c r="N14" s="16"/>
       <c r="O14" s="16"/>
       <c r="P14" s="16"/>
-    </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="Q14" s="16"/>
+      <c r="R14" s="16"/>
+      <c r="S14" s="16"/>
+      <c r="T14" s="16"/>
+      <c r="U14" s="16"/>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B15" s="17">
         <v>2020</v>
       </c>
       <c r="C15" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="16"/>
       <c r="E15" s="16"/>
       <c r="F15" s="16"/>
       <c r="G15" s="16"/>
       <c r="H15" s="16"/>
       <c r="I15" s="16"/>
       <c r="J15" s="16"/>
       <c r="K15" s="16"/>
       <c r="L15" s="16"/>
       <c r="M15" s="16"/>
       <c r="N15" s="16"/>
       <c r="O15" s="16"/>
       <c r="P15" s="16"/>
-    </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="Q15" s="16"/>
+      <c r="R15" s="16"/>
+      <c r="S15" s="16"/>
+      <c r="T15" s="16"/>
+      <c r="U15" s="16"/>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.2">
       <c r="B16" s="17">
         <v>2021</v>
       </c>
       <c r="C16" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="16"/>
       <c r="E16" s="16"/>
       <c r="F16" s="16"/>
       <c r="G16" s="16"/>
       <c r="H16" s="16"/>
       <c r="I16" s="16"/>
       <c r="J16" s="16"/>
       <c r="K16" s="16"/>
       <c r="L16" s="16"/>
       <c r="M16" s="16"/>
       <c r="N16" s="16"/>
       <c r="O16" s="16"/>
       <c r="P16" s="16"/>
-    </row>
-    <row r="17" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="Q16" s="16"/>
+      <c r="R16" s="16"/>
+      <c r="S16" s="16"/>
+      <c r="T16" s="16"/>
+      <c r="U16" s="16"/>
+    </row>
+    <row r="17" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B17" s="17">
         <v>2022</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="16"/>
       <c r="G17" s="16"/>
       <c r="H17" s="16"/>
       <c r="I17" s="16"/>
       <c r="J17" s="16"/>
       <c r="K17" s="16"/>
       <c r="L17" s="16"/>
       <c r="M17" s="16"/>
       <c r="N17" s="16"/>
       <c r="O17" s="16"/>
       <c r="P17" s="16"/>
-    </row>
-    <row r="18" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="Q17" s="16"/>
+      <c r="R17" s="16"/>
+      <c r="S17" s="16"/>
+      <c r="T17" s="16"/>
+      <c r="U17" s="16"/>
+    </row>
+    <row r="18" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B18" s="17">
         <v>2023</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
       <c r="G18" s="16"/>
       <c r="H18" s="16"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
       <c r="L18" s="16"/>
       <c r="M18" s="16"/>
       <c r="N18" s="16"/>
       <c r="O18" s="16"/>
       <c r="P18" s="16"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C19" s="9"/>
+      <c r="Q18" s="16"/>
+      <c r="R18" s="16"/>
+      <c r="S18" s="16"/>
+      <c r="T18" s="16"/>
+      <c r="U18" s="16"/>
+    </row>
+    <row r="19" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B19" s="17">
+        <v>2024</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>57</v>
+      </c>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="16"/>
       <c r="H19" s="16"/>
       <c r="I19" s="16"/>
       <c r="J19" s="16"/>
       <c r="K19" s="16"/>
       <c r="L19" s="16"/>
       <c r="M19" s="16"/>
       <c r="N19" s="16"/>
       <c r="O19" s="16"/>
       <c r="P19" s="16"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C20" s="9"/>
+      <c r="Q19" s="16"/>
+      <c r="R19" s="16"/>
+      <c r="S19" s="16"/>
+      <c r="T19" s="16"/>
+      <c r="U19" s="16"/>
+    </row>
+    <row r="20" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B20" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>57</v>
+      </c>
       <c r="D20" s="16"/>
       <c r="E20" s="16"/>
       <c r="F20" s="16"/>
       <c r="G20" s="16"/>
       <c r="H20" s="16"/>
       <c r="I20" s="16"/>
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
       <c r="L20" s="16"/>
       <c r="M20" s="16"/>
       <c r="N20" s="16"/>
       <c r="O20" s="16"/>
       <c r="P20" s="16"/>
-    </row>
-    <row r="21" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="Q20" s="16"/>
+      <c r="R20" s="16"/>
+      <c r="S20" s="16"/>
+      <c r="T20" s="16"/>
+      <c r="U20" s="16"/>
+    </row>
+    <row r="21" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B21" s="16"/>
       <c r="C21" s="9"/>
       <c r="D21" s="16"/>
       <c r="E21" s="16"/>
       <c r="F21" s="16"/>
       <c r="G21" s="16"/>
       <c r="H21" s="16"/>
       <c r="I21" s="16"/>
       <c r="J21" s="16"/>
       <c r="K21" s="16"/>
       <c r="L21" s="16"/>
       <c r="M21" s="16"/>
       <c r="N21" s="16"/>
       <c r="O21" s="16"/>
       <c r="P21" s="16"/>
-    </row>
-    <row r="22" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="Q21" s="16"/>
+      <c r="R21" s="16"/>
+      <c r="S21" s="16"/>
+      <c r="T21" s="16"/>
+      <c r="U21" s="16"/>
+    </row>
+    <row r="22" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B22" s="16"/>
       <c r="C22" s="9"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
       <c r="H22" s="16"/>
       <c r="I22" s="16"/>
       <c r="J22" s="16"/>
       <c r="K22" s="16"/>
       <c r="L22" s="16"/>
       <c r="M22" s="16"/>
       <c r="N22" s="16"/>
       <c r="O22" s="16"/>
       <c r="P22" s="16"/>
-    </row>
-    <row r="23" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="Q22" s="16"/>
+      <c r="R22" s="16"/>
+      <c r="S22" s="16"/>
+      <c r="T22" s="16"/>
+      <c r="U22" s="16"/>
+    </row>
+    <row r="23" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B23" s="16"/>
       <c r="C23" s="9"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
       <c r="J23" s="16"/>
       <c r="K23" s="16"/>
       <c r="L23" s="16"/>
       <c r="M23" s="16"/>
       <c r="N23" s="16"/>
       <c r="O23" s="16"/>
       <c r="P23" s="16"/>
-    </row>
-    <row r="24" spans="2:16" x14ac:dyDescent="0.2">
+      <c r="Q23" s="16"/>
+      <c r="R23" s="16"/>
+      <c r="S23" s="16"/>
+      <c r="T23" s="16"/>
+      <c r="U23" s="16"/>
+    </row>
+    <row r="24" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B24" s="16"/>
       <c r="C24" s="9"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="16"/>
       <c r="K24" s="16"/>
       <c r="L24" s="16"/>
       <c r="M24" s="16"/>
       <c r="N24" s="16"/>
       <c r="O24" s="16"/>
       <c r="P24" s="16"/>
+      <c r="Q24" s="16"/>
+      <c r="R24" s="16"/>
+      <c r="S24" s="16"/>
+      <c r="T24" s="16"/>
+      <c r="U24" s="16"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A6" location="rng_Cover_Copyright" display="Subject to terms and conditions" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="8">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{120E0193-9766-4F1C-87DE-438773789DCD}">
           <x14:formula1>
-            <xm:f>Definitions!$D$20:$D$31</xm:f>
+            <xm:f>Definitions!$D$21:$D$32</xm:f>
           </x14:formula1>
           <xm:sqref>D13:D24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{120773D5-5483-4836-87D9-8A94A156747F}">
           <x14:formula1>
-            <xm:f>Definitions!$D$95:$D$105</xm:f>
+            <xm:f>Definitions!$D$96:$D$106</xm:f>
+          </x14:formula1>
+          <xm:sqref>P12:P24</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7E6340D7-EDF8-4BFB-8B20-AA688DD18F74}">
+          <x14:formula1>
+            <xm:f>Definitions!$D$85:$D$93</xm:f>
+          </x14:formula1>
+          <xm:sqref>O12:O24</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0BCED114-941A-463B-817D-F0D174C40ACF}">
+          <x14:formula1>
+            <xm:f>Definitions!$D$76:$D$82</xm:f>
+          </x14:formula1>
+          <xm:sqref>N12:N24</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D95BA848-1E3E-494A-B36A-76D344186F03}">
+          <x14:formula1>
+            <xm:f>Definitions!$D$70:$D$73</xm:f>
           </x14:formula1>
           <xm:sqref>M12:M24</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7E6340D7-EDF8-4BFB-8B20-AA688DD18F74}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{13507B39-1CE5-4962-A2A6-7B408DC6CD57}">
           <x14:formula1>
-            <xm:f>Definitions!$D$84:$D$92</xm:f>
+            <xm:f>Definitions!$D$64:$D$67</xm:f>
           </x14:formula1>
           <xm:sqref>L12:L24</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0BCED114-941A-463B-817D-F0D174C40ACF}">
-[...16 lines deleted...]
-        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5262C9F3-5B51-436C-BE9F-DCE525AE7343}">
           <x14:formula1>
-            <xm:f>Definitions!$D$59:$D$60</xm:f>
+            <xm:f>Definitions!$D$60:$D$61</xm:f>
           </x14:formula1>
           <xm:sqref>E12:E24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B0AE9432-8635-48B6-B28D-D4EC9CF80A27}">
           <x14:formula1>
-            <xm:f>Definitions!$D$50:$D$56</xm:f>
+            <xm:f>Definitions!$D$51:$D$57</xm:f>
           </x14:formula1>
           <xm:sqref>D12</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD139643-78C0-43BC-8642-8D44998F0F2A}">
-  <dimension ref="A1:M105"/>
+  <dimension ref="A1:M106"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.85546875" customWidth="1"/>
+    <col min="1" max="1" width="12.42578125" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="4" width="37.5703125" customWidth="1"/>
     <col min="5" max="5" width="82.7109375" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="4" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:13" x14ac:dyDescent="0.2">
       <c r="F2"/>
     </row>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="F3"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="F4"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="F5"/>
       <c r="M5" s="2"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F6"/>
     </row>
-    <row r="9" spans="1:13" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="E9" s="27" t="s">
+    <row r="9" spans="1:13" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="51" t="s">
+        <v>203</v>
+      </c>
+      <c r="B9" s="52"/>
+      <c r="C9" s="52"/>
+      <c r="D9" s="52"/>
+      <c r="E9" s="52"/>
+    </row>
+    <row r="10" spans="1:13" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="48" t="s">
+        <v>150</v>
+      </c>
+      <c r="B10" s="49"/>
+      <c r="C10" s="50"/>
+      <c r="D10" s="25" t="s">
+        <v>125</v>
+      </c>
+      <c r="E10" s="26" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="10" spans="1:13" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="C11" s="25"/>
+    <row r="11" spans="1:13" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="45" t="s">
+        <v>205</v>
+      </c>
+      <c r="B11" s="42" t="s">
+        <v>130</v>
+      </c>
+      <c r="C11" s="31" t="s">
+        <v>151</v>
+      </c>
       <c r="D11" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E11" s="23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="46"/>
+      <c r="B12" s="43"/>
+      <c r="C12" s="53"/>
+      <c r="D12" s="22" t="s">
         <v>117</v>
       </c>
-      <c r="E11" s="23" t="s">
-[...7 lines deleted...]
-      <c r="D12" s="24" t="s">
+      <c r="E12" s="23" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="46"/>
+      <c r="B13" s="44"/>
+      <c r="C13" s="54"/>
+      <c r="D13" s="24" t="s">
         <v>118</v>
       </c>
-      <c r="E12" s="23" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="9" t="s">
+      <c r="E13" s="23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A14" s="46"/>
+      <c r="C14" s="54"/>
+      <c r="D14" s="9" t="s">
         <v>119</v>
       </c>
-      <c r="E13" s="8" t="s">
+      <c r="E14" s="8" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="D14" s="9" t="s">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A15" s="46"/>
+      <c r="C15" s="54"/>
+      <c r="D15" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="E14" s="8" t="s">
+      <c r="E15" s="8" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="D15" s="9" t="s">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A16" s="47"/>
+      <c r="D16" s="9" t="s">
         <v>123</v>
       </c>
-      <c r="E15" s="8" t="s">
-[...4 lines deleted...]
-      <c r="D19" s="26" t="s">
+      <c r="E16" s="55" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="20" spans="4:6" x14ac:dyDescent="0.2">
+      <c r="D20" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="E19" s="27" t="s">
+      <c r="E20" s="26" t="s">
         <v>38</v>
       </c>
-      <c r="F19" s="12"/>
-[...2 lines deleted...]
-      <c r="D20" s="22" t="s">
+      <c r="F20" s="12"/>
+    </row>
+    <row r="21" spans="4:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="D21" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="E20" s="23" t="s">
+      <c r="E21" s="23" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="21" spans="4:6" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="D21" s="22" t="s">
+    <row r="22" spans="4:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="D22" s="22" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="23" t="s">
+      <c r="E22" s="23" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="22" spans="4:6" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="D22" s="22" t="s">
+    <row r="23" spans="4:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="D23" s="22" t="s">
         <v>46</v>
       </c>
-      <c r="E22" s="23" t="s">
+      <c r="E23" s="23" t="s">
         <v>40</v>
-      </c>
-[...6 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="24" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D24" s="22" t="s">
+        <v>24</v>
+      </c>
+      <c r="E24" s="23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="4:6" x14ac:dyDescent="0.2">
+      <c r="D25" s="22" t="s">
         <v>25</v>
       </c>
-      <c r="E24" s="23" t="s">
+      <c r="E25" s="23" t="s">
         <v>36</v>
-      </c>
-[...6 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="26" spans="4:6" ht="25.5" x14ac:dyDescent="0.2">
       <c r="D26" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" s="23" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="27" spans="4:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="D27" s="22" t="s">
         <v>44</v>
       </c>
-      <c r="E26" s="23" t="s">
+      <c r="E27" s="23" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="27" spans="4:6" x14ac:dyDescent="0.2">
-      <c r="D27" s="22" t="s">
+    <row r="28" spans="4:6" x14ac:dyDescent="0.2">
+      <c r="D28" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="E27" s="23" t="s">
+      <c r="E28" s="23" t="s">
         <v>37</v>
-      </c>
-[...6 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="29" spans="4:6" ht="25.5" x14ac:dyDescent="0.2">
       <c r="D29" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="E29" s="23" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="4:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="D30" s="22" t="s">
         <v>30</v>
       </c>
-      <c r="E29" s="23" t="s">
+      <c r="E30" s="23" t="s">
         <v>41</v>
-      </c>
-[...6 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="31" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D31" s="22" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="E31" s="23" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
     </row>
     <row r="32" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D32" s="22" t="s">
-        <v>191</v>
+        <v>45</v>
       </c>
       <c r="E32" s="23" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="33" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D33" s="22" t="s">
+        <v>184</v>
+      </c>
+      <c r="E33" s="23" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="35" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D35" s="26" t="s">
+    <row r="36" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D36" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="E35" s="26"/>
-[...2 lines deleted...]
-      <c r="D36" s="28" t="s">
+      <c r="E36" s="25"/>
+    </row>
+    <row r="37" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D37" s="27" t="s">
+        <v>168</v>
+      </c>
+      <c r="E37" s="22"/>
+    </row>
+    <row r="38" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D38" s="27" t="s">
+        <v>169</v>
+      </c>
+      <c r="E38" s="22"/>
+    </row>
+    <row r="39" spans="4:5" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="D39" s="27" t="s">
+        <v>170</v>
+      </c>
+      <c r="E39" s="22"/>
+    </row>
+    <row r="40" spans="4:5" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="D40" s="27" t="s">
+        <v>171</v>
+      </c>
+      <c r="E40" s="22"/>
+    </row>
+    <row r="41" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D41" s="27" t="s">
+        <v>181</v>
+      </c>
+      <c r="E41" s="22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="42" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D42" s="27" t="s">
         <v>172</v>
       </c>
-      <c r="E36" s="22"/>
-[...2 lines deleted...]
-      <c r="D37" s="28" t="s">
+      <c r="E42" s="22"/>
+    </row>
+    <row r="43" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D43" s="27" t="s">
+        <v>182</v>
+      </c>
+      <c r="E43" s="22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="44" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D44" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" s="22"/>
+    </row>
+    <row r="45" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D45" s="27" t="s">
+        <v>183</v>
+      </c>
+      <c r="E45" s="22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="46" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D46" s="27" t="s">
         <v>173</v>
       </c>
-      <c r="E37" s="22"/>
-[...17 lines deleted...]
-      <c r="E40" s="22" t="s">
+      <c r="E46" s="22"/>
+    </row>
+    <row r="47" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D47" s="27" t="s">
+        <v>184</v>
+      </c>
+      <c r="E47" s="22" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="41" spans="4:5" x14ac:dyDescent="0.2">
-[...46 lines deleted...]
-    </row>
     <row r="50" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D50" s="28" t="s">
+      <c r="D50" s="25" t="s">
+        <v>132</v>
+      </c>
+      <c r="E50" s="25"/>
+    </row>
+    <row r="51" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D51" s="27" t="s">
+        <v>142</v>
+      </c>
+      <c r="E51" s="22"/>
+    </row>
+    <row r="52" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D52" s="27" t="s">
+        <v>143</v>
+      </c>
+      <c r="E52" s="22"/>
+    </row>
+    <row r="53" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D53" s="27" t="s">
         <v>144</v>
       </c>
-      <c r="E50" s="22"/>
-[...2 lines deleted...]
-      <c r="D51" s="28" t="s">
+      <c r="E53" s="22"/>
+    </row>
+    <row r="54" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D54" s="27" t="s">
         <v>145</v>
       </c>
-      <c r="E51" s="22"/>
-[...16 lines deleted...]
-      </c>
       <c r="E54" s="22"/>
     </row>
     <row r="55" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D55" s="28" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D55" s="27" t="s">
+        <v>133</v>
+      </c>
+      <c r="E55" s="22"/>
     </row>
     <row r="56" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D56" s="28" t="s">
-        <v>193</v>
+      <c r="D56" s="27" t="s">
+        <v>185</v>
       </c>
       <c r="E56" s="22" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="58" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D58" s="26" t="s">
+    <row r="57" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D57" s="27" t="s">
+        <v>186</v>
+      </c>
+      <c r="E57" s="22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="59" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D59" s="25" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="59" spans="4:5" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-    </row>
     <row r="60" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D60" s="28" t="s">
-[...4 lines deleted...]
-      <c r="D62" s="26" t="s">
+      <c r="D60" s="27" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="61" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D61" s="27" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="63" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D63" s="25" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="63" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D63" s="28" t="s">
+    <row r="64" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D64" s="27" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="64" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D64" s="28" t="s">
+    <row r="65" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D65" s="27" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="65" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D65" s="28" t="s">
+    <row r="66" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D66" s="27" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="66" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D66" s="28" t="s">
+    <row r="67" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D67" s="27" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="68" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D68" s="26" t="s">
+    <row r="69" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D69" s="25" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="69" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D69" s="28" t="s">
+    <row r="70" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D70" s="27" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="70" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D70" s="28" t="s">
+    <row r="71" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D71" s="27" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="71" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D71" s="28" t="s">
+    <row r="72" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D72" s="27" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="74" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D74" s="26" t="s">
+    <row r="75" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D75" s="25" t="s">
         <v>63</v>
       </c>
-      <c r="E74" s="26" t="s">
+      <c r="E75" s="25" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="75" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D75" s="28" t="s">
+    <row r="76" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D76" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="E75" s="22" t="s">
+      <c r="E76" s="22" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="76" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D76" s="28" t="s">
+    <row r="77" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D77" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="E76" s="22" t="s">
+      <c r="E77" s="22" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="77" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D77" s="28" t="s">
+    <row r="78" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D78" s="27" t="s">
         <v>71</v>
       </c>
-      <c r="E77" s="22" t="s">
+      <c r="E78" s="22" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="78" spans="4:5" x14ac:dyDescent="0.2">
-      <c r="D78" s="28" t="s">
+    <row r="79" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D79" s="27" t="s">
         <v>73</v>
       </c>
-      <c r="E78" s="22" t="s">
+      <c r="E79" s="22" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="80" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D80" s="27" t="s">
+        <v>74</v>
+      </c>
+      <c r="E80" s="22" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="81" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D81" s="27" t="s">
+        <v>76</v>
+      </c>
+      <c r="E81" s="22" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="82" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D82" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="E82" s="22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="84" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D84" s="25" t="s">
+        <v>62</v>
+      </c>
+      <c r="E84" s="25" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="85" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D85" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="E85" s="22" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="86" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D86" s="27" t="s">
+        <v>79</v>
+      </c>
+      <c r="E86" s="22" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="87" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D87" s="27" t="s">
+        <v>82</v>
+      </c>
+      <c r="E87" s="22" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="88" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D88" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="E88" s="22" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="89" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D89" s="27" t="s">
+        <v>88</v>
+      </c>
+      <c r="E89" s="22" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="90" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D90" s="27" t="s">
+        <v>91</v>
+      </c>
+      <c r="E90" s="22" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="91" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D91" s="27" t="s">
+        <v>94</v>
+      </c>
+      <c r="E91" s="22" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="92" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D92" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="E92" s="22" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="93" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D93" s="27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E93" s="22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="95" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D95" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E95" s="25" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="96" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D96" s="27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E96" s="22"/>
+    </row>
+    <row r="97" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D97" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="E97" s="22"/>
+    </row>
+    <row r="98" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D98" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="E98" s="22" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="99" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D99" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="E99" s="22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="100" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D100" s="27" t="s">
+        <v>90</v>
+      </c>
+      <c r="E100" s="22" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="101" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D101" s="27" t="s">
+        <v>93</v>
+      </c>
+      <c r="E101" s="22" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="79" spans="4:5" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      <c r="D81" s="28" t="s">
+    <row r="102" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D102" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="E102" s="22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="103" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D103" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="E103" s="22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="104" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D104" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="E104" s="22"/>
+    </row>
+    <row r="105" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D105" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="E105" s="22"/>
+    </row>
+    <row r="106" spans="4:5" x14ac:dyDescent="0.2">
+      <c r="D106" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="E81" s="22" t="s">
-[...167 lines deleted...]
-      <c r="E105" s="22"/>
+      <c r="E106" s="22"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...2 lines deleted...]
-    <mergeCell ref="A9:C9"/>
+  <mergeCells count="5">
+    <mergeCell ref="B11:B13"/>
+    <mergeCell ref="A11:A16"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="C12:C15"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A6" location="rng_Cover_Copyright" display="Subject to terms and conditions" xr:uid="{430CCCC2-ED27-4786-B5AA-6A0892728D8B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>